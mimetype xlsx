--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -10,98 +10,259 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="64">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal de Três Ranchos - PMTR</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/474/02-_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 02 DE 13 DE JANEIRO DE 2026._x000D_
+“Dispõe Sobre a Revisão Geral Anual dos Servidores Públicos Municipais do Município de Três Ranchos Dá Outras Providências”.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/475/03-_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 03 DE 13 DE JANEIRO DE 2026._x000D_
+“Concede reajuste salarial nos vencimentos dos Servidores públicos municipais ativos, inativos, e dá outras providências”.</t>
+  </si>
+  <si>
     <t>473</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/473/01_decreto.pdf</t>
   </si>
   <si>
     <t>Decreto n° 01/2026 "Regulamenta no âmbito do Poder Legislativo Municipal, os procedimentos para garantia do Acesso à Informação, conforme disposto na Lei Federal nº 12.527, de 18 de novembro de 2.011".</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/483/lei_1.276.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.276 DE 20 DE JANEIRO DE 2026._x000D_
+“Dispõe Sobre a Revisão Geral Anual dos Servidores Públicos Municipais do Município de Três Ranchos Dá Outras Providências”.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/484/lei_1277.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.277 DE 20 DE JANEIRO DE 2026._x000D_
+“Concede reajuste salarial nos vencimentos dos Servidores públicos municipais ativos, inativos, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Portarias</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/476/01-portaria_processo_e_compra_de_dispensa_de_licitacao.pdf</t>
+  </si>
+  <si>
+    <t>Portaria N° 01/2026._x000D_
+“Dispõe sobre o processo de dispensa para compras e serviços no âmbito da Câmara Municipal e da outra providencias. ”</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/477/02-portaria__faz_designacao_clp.pdf</t>
+  </si>
+  <si>
+    <t>Portaria n° 02/2026_x000D_
+“DISPÕE SOBRE A DESIGNAÇÃO DE AGENTE DE CONTRATAÇÃO, E EQUIPE DE APOIO PARA DESEMPE-NHAR AS FUNÇÕES ESSENCIAIS, INERENTE A EXECUÇÃO DA LEI Nº 14.133/2021, E SEUS REGULAMENTOS, E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/478/03-a_faz_designacao_tesoureiro.pdf</t>
+  </si>
+  <si>
+    <t>Portaria nº. 03/2026       _x000D_
+“Faz Designação e dá Outras Providências”_x000D_
+RICARDO GONÇALVES REZENDE, Presidente da Câ-mara Municipal de Três Ranchos, Estado de Goiás, no uso das atribuições conferidas pela Lei Orgânica do Município e de acordo com o Regimento In-terno desta casa de leis;_x000D_
+Resolve:_x000D_
+	Art. 1º - Designar o Vereador Sr. José Carlos Bernardes, para res-ponder como TESOUREIRO da Câmara Municipal de Três Ranchos, para o exercício de 2026, com as atribuições previstas no Regimento Interno, tais co-mo acesso a conta bancaria desta Casa de Leis, assinar/liberar transações ban-carias, pagamento de remessa bancaria, transferências bancarias, PIX e etc., assinar balancetes mensais, balanço geral e outros documentos inerentes à fun-ção, e sem renumeração e que ficará assim constituída.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/479/04-portaria__faz_designacao_de_servidor.pdf</t>
+  </si>
+  <si>
+    <t>Portaria nº. 04/2026     _x000D_
+“Faz designação de servidor que especifica’’_x000D_
+Ricardo Gonçalves Rezende, Presidente da Câmara Municipal de Três Ranchos, Estado de Goiás, no uso das atribuições conferidas pela Lei Orgânica do Município e de acordo com o Regimento Interno desta casa de leis;_x000D_
+Resolve:_x000D_
+Art. 1º - Designar a Sra. Laís Adorno Coelho, portadora do CPF nº 064.028.591-09, ocupante do cargo em comissão de diretora geral da Câmara Mu-nicipal de Três Ranchos/Goiás, para juntamente com seu cargo, responder como GESTORA DE CONTROLE INTERNO DESTA CÂMARA MUNICIPAL, e para exercer a função de CHEFE DO DEPARTAMENTO DE RECUR-SOS HUMANO desta casa de leis.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/480/05-portaria.pdf</t>
+  </si>
+  <si>
+    <t>Portaria nº. 05/2025_x000D_
+“DESIGNA A FUNÇÃO DE CHEFE DE COMPRAS DA CÂMARA MUNI-CIPAL DE TRÊS RANCHOS A SER-VIDOR QUE ESPECIFICA E DÁ OU-TRAS PROVIDÊNCIAS.’’</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/481/06-portaria.pdf</t>
+  </si>
+  <si>
+    <t>Portaria nº. 06/2025_x000D_
+“DISPÕE SOBRE O PAGAMENTO DE GRATIFICAÇÃO À SERVIDORA QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.’’</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/482/07-portaria.pdf</t>
+  </si>
+  <si>
+    <t>Portaria nº. 07/2026_x000D_
+“Designa servidor como Encarregado pelo Tratamento de Dados Pessoais e responsável pelo Sistema Eletrôni-co do Serviço de Informação ao Cidadão (E-SIC), es-tabelecendo suas atribuições conforme a Lei Geral de Proteção de Dados Pessoais (LGPD, Lei nº 13.709/2018) e a Lei de Acesso à Informação (LAI, Lei nº 12.527/2011) na Câmara Municipal de Três Ran-chos”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -405,69 +566,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/473/01_decreto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/474/02-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/475/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/473/01_decreto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/483/lei_1.276.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/484/lei_1277.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/476/01-portaria_processo_e_compra_de_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/477/02-portaria__faz_designacao_clp.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/478/03-a_faz_designacao_tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/479/04-portaria__faz_designacao_de_servidor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/480/05-portaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/481/06-portaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2026/482/07-portaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="184.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="40.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -478,53 +639,350 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>