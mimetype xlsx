--- v0 (2025-10-17)
+++ v1 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="845" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1077" uniqueCount="500">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -325,50 +325,164 @@
   <si>
     <t>437</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/437/projetode_lei_22.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº22/2025 " Estima a receita e fixa as despesas do município de Três Ranchos para o exercício de 2026 na forma que especifica".</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_delei_23.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº23/2025 "Dispõe sobre o Plano Plurianual para o período 2026/2029, na forma que especifica".</t>
   </si>
   <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/448/25_-_projeto_de_lei_25-2025_-_autoriza_doacao_de_veiculo_-_acao_social_para_saude_1.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 25/2025._x000D_
+“Dispõe sobre a Autorização e transferência, a_x000D_
+título de doação, do veículo VW Gol 1.0, placa_x000D_
+PRI‑9809, ano/modelo 2019, chassi_x000D_
+9BWAG45U3KT112012, atualmente alocado ao_x000D_
+Fundo Municipal de Assistência Social de Três_x000D_
+Ranchos/GO, para incorporação ao Fundo_x000D_
+Municipal de Saúde de Três Ranchos/GO, e dá_x000D_
+outras providências.”</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 26/2025._x000D_
+“Dispõe sobre autorização para celebrar convênio com instituição financeira para conceder empréstimos consignados com os servidores públicos municipais ativos e inativos mediante desconto em folha de pagamento e dá outras providências”</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 27/2025_x000D_
+“Dispõe sobre a denominação oficial do mirante localizado na Área de Proteção Ambiental Joaquim Inácio Carneiro, no Município de Três Ranchos – GO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_complementar_no28-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº 28/2025._x000D_
+“Institui a Reestruturação do Instituto de Previdência e Assistência dos Servidores do Município de Três Ranchos - GO - IPASTRE e consolida a legislação previdenciária”.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_29.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº 29/2025_x000D_
+Dispõe sobre a alteração a Lei Municipal nº 1009 de 2009 Art. 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248 e 249 acréscimos de e seus incisos passarão e vigorar com a seguinte redação.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no30-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 30/2025_x000D_
+“DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS AOS SERVIDORES PÚBLICOS, AGENTES POLÍTICOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE TRÊS RANCHOS/GOIÁS, E DÁ OUTRAS PROVIDÊNCIAS”</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>PROJETO DE RESOLUÇÃO Nº 01/2025._x000D_
+“Autoriza o Poder Legislativo Municipal a proceder à Doação e entrega dos bens móveis abaixo relacionados ao Poder Executivo Municipal, e dá outras providencias”.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/461/proposta_de_emenda_no01-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA Nº 01/2025 À LEI ORGÂNICA MUNICIPAL_x000D_
+“Altera a Lei Orgânica do Município de Três Ranchos, Goiás, para fins de adequação previdenciária às regras da Emenda Constitucional nº 103/2019 e dá outras providências”.</t>
+  </si>
+  <si>
     <t>374</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/374/1_-_mocao_silvano.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR  A FAMÍLIA DE SILVANO DOS SANTOS SILVA A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento do senhor Silvano dos Santos Silva.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/375/2_-_mocao_de_luci.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A FAMÍLIA DE LUCIMAR PIRES BERNARDES FARIA_x000D_
 A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento da senhora Lucimar Pires Bernardes Faria.</t>
   </si>
   <si>
@@ -414,60 +528,77 @@
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/397/6_-_mocao_pesar_laisa.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A FAMÍLIA DE LAIZA GOMES DE OLIVEIRA_x000D_
 A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento da Sra. Laiza Gomes de Oliveira.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>João Balbino Rosa</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/398/7_-_mocao_pesar_onofre.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A FAMÍLIA DE ONOFRE PEREIRA DA SILVA_x000D_
 A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento do Sr. Onofre Pereira da Silva.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>Mesa Diretora - MD</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/399/8_-_mocao_pesar_domingos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A FAMÍLIA DE DOMINGOS LUIZ PASSERINI_x000D_
 A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento do Sr. Domingos Luiz Passerini.</t>
   </si>
   <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/462/9_-_mocao_celma_alves.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR A FAMÍLIA DE CELMA ALVES DE OLIVEIRA _x000D_
+A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento do Sra. Celma Alves de Oliveira.</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/463/10_-_mocao_mario_lopes.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR A FAMÍLIA DE MARIO LOPES PEREIRA FILHO_x000D_
+A Câmara Municipal de Três Ranchos, através de todos os vereadores e funcionários desta casa, vem por meio desta, manifestar o seu profundo pesar pelo falecimento do Sr. Mário Lopes Pereira Filho.</t>
+  </si>
+  <si>
     <t>343</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento__kendy.pdf</t>
   </si>
   <si>
     <t>Prezado senhor,_x000D_
 Eu, vereador KENIDY LUIZ DA SILVA, no Exercício do mandato junto a este Poder Legislativo, venho respeitosamente a Vossa Senhoria, requerer licença do cargo de vereador.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Divano Pereira Mundim</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_divano.pdf</t>
   </si>
   <si>
@@ -602,104 +733,136 @@
   </si>
   <si>
     <t>REQUERIMENTO Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a secretaria de infraestrutura, estuda a possibilidade de executar recapeamento do asfalto / ou tapa buraco na avenida Juciana, setor central.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/412/07-_requerimento_wagner.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO_x000D_
 Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e estuda a possibilidade de denominar a pista de skate construída na sede da praça pública Municipal Taurino Lopes Coelho, no nome da pessoa de Haroldo Lopes Coelho.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/413/17_-_requerimento_diogo.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO_x000D_
 Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a secretaria de infraestrutura, estuda a possibilidade de executar a sinalização e delimitação, na rua Balçair Pereira Cavalcante, a qual está sendo o acesso para entrada e saída do prédio da escola Municipal, para garantir a segurança dos alunos durante o embarque e desembarque de veículos escolares, bem como a organização do trânsito nessa área.</t>
   </si>
   <si>
-    <t>418</t>
-[...5 lines deleted...]
-    <t>REQUERIMENTO Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal estude a possibilidade de realizar um Estudo Técnico para construção de redutores de velocidade nas estradas vicinais  do município de Três Ranchos, em especial a estrada rural sentido fazenda do Sr. Gilberto,  garantindo a segurança dos usuários e respeitando as normas do Código de Trânsito Brasileiro CTB e Conselho Nacional de Trânsito CONTRAN.</t>
+    <t>464</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_admilson_30-06_2.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO_x000D_
+Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a Secretaria de infraestrutura, estuda a possibilidade de fazer instalação de iluminação pública na rua margens do lago, setor jardim Lago Azul, próximo fazenda Sr. Enéas.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/465/18-_requerimento_admilson.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO_x000D_
+Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal estude a possibilidade de realizar um Estudo Técnico para construção de redutores de velocidade nas estradas vicinais  do município de Três Ranchos, em especial a estrada rural sentido fazenda do Sr. Gilberto,  garantindo a segurança dos usuários e respeitando as normas do Código de Trânsito Brasileiro CTB e Conselho Nacional de Trânsito CONTRAN.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_diogo_iluminacao.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal estude a possibilidade de instalar poste de iluminação pública na Praça do setor Paranaíba que fica localizado o Estratégia Saúde da Família – ESF.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/422/20_-_requerimento_barcelana_-8.pdf</t>
   </si>
   <si>
     <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a Secretaria de Municipal de Saúde, estuda a possibilidade da aquisição do aparelho de audiologia, a fim de realizar exame denominado Emissões Otoacústicas Evocadas (EOA), denominado Teste de Orelhinha, triagem auditiva neonatal, na unidade básica Municipal de saúde do nosso Munícipio.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/430/21_-_requerimento_barcelana.pdf</t>
   </si>
   <si>
     <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal estuda a possibilidade objetivando, a instalação de relógio com marcação de data, hora e temperatu-ra atualizado, na praça Das Mães ou na praça Do Rosário.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/431/22_-_requerimento_diogo_22-09_1.pdf</t>
   </si>
   <si>
     <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o Prefeito Municipal e a Secretaria de infraestrutura, estude a possibilidade de realizar recapeamento asfáltico na Rua José Barbosa e na Rua Manoel Custodio da Silva no trecho que inicia na caixa d’água até o fim da rua.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/432/23_-_requerimento_barcelana.pdf</t>
   </si>
   <si>
     <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a Secretaria de Meio Ambiente, estudem a possibilidade de adquirir aparelho soprador no combate a incêndio florestal e demais aparelhos necessários aos agentes da secretaria de meio ambiente no combate a incêndio.</t>
   </si>
   <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/450/24_requerimento_joao_b.pdf</t>
+  </si>
+  <si>
+    <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal realize a instalação de um espaço gastronômico (como quiosques ou bistrôs) no mirante do Cristo Redentor, proporcionando oportunidade aos empreendedores de gênero alimentício do município, fomentando o turismo e a integração comunitária.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/451/25-_requerimento_diogo.pdf</t>
+  </si>
+  <si>
+    <t>Com todo respeito e acatamento, através do presente venho solicitar a Vossa Excelência que coloque em discussão e aprovação a seguinte solicitação, que o prefeito municipal e a Secretaria de vigilância sanitária realizem campanhas de conscientização sobre o reaproveitamento de água de uso doméstico e de piscinas, e implantação de sanções visando combater o desperdício e o descarte irregular de água nas vias públicas, estabelecendo multas e sanções para os infratores.</t>
+  </si>
+  <si>
     <t>346</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/346/lei_no_1.244-2025.pdf</t>
   </si>
   <si>
     <t>Lei municipal nº 1.244 que Dispõe sobre a revisão geral anual dos servidores públicos municipais do município de Três Ranchos e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/347/lei_no_1.245-2025.pdf</t>
@@ -816,50 +979,63 @@
     <t>LEI MUNICIPAL N ° 1.254 DE 20 DE MARÇO DE 2025.“Dispõe sobre a criação do programa para concessão de auxílio financeiro para aquisição de gêneros alimentícios, de higiene e limpeza para as famílias carentes do município de Três Ranchos, mediante implementação de cartão magnético, e da outras providências”.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/395/lei_1.255_09_deabril_de_2025.pdf</t>
   </si>
   <si>
     <t>Lei municipal nº1.255 que Dispõe sobre reestruturação  do Conselho Municipal de Saúde de Três Ranchos, Estado de Goiás em sua composição, organização, funcionamento, atribuições e eleição, conferindo nova redação à Lei Municipal nº 719/1.997, e dá outras providências”.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/396/lei_1256.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.256 DE 16 DE ABRIL DE 2025. “Dispõe sobre o aumento de vagas, criação de cargos e alterações salariais, de cargos temporários, para atendimento de excepcional interesse público, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/467/lei_no_1.257-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.257 DE 14 DE MAIO DE 2025._x000D_
+“DISPÕE SOBRE DENOMINAÇÃO DE LO-GRADOURO PÚBLICO, E DA OUTRAS PRO-VIDENCIAS”.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/410/lei_no_1.258-2025.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.258 DE 03 DE JUNHO DE 2025._x000D_
 “DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO, E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/415/lei_1.259.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.259 DE 18 DE JUNHO DE 2025._x000D_
@@ -870,109 +1046,270 @@
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/417/lei_1260.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.260 DE 09 DE JULHO DE 2025._x000D_
 “Autoriza a abertura de crédito adicional de natureza especial no orçamento de 2025, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/439/lei_no_1.261-2025.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.261 DE 04 DE SETEMBRO DE 2025._x000D_
 “Institui no Município de Três Ranchos, o Serviço de Família Acolhedora e o Programa de Guarda Subsidiada e dá outras providências”.</t>
   </si>
   <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/468/lei_no1.262-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.262 DE 25 DE SETEMBRO DE 2025._x000D_
+“Declara de Utilidade Pública a Associação Pro - Rosário e dá outras providências”.</t>
+  </si>
+  <si>
     <t>440</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/440/lei_municipal_no_1263-2025.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.263 DE 01 DE OUTUBRO DE 2025._x000D_
 “Abre Crédito Adicional de Natureza Suplementar na LOA para o exercício de 2025 dá outras providências”.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/441/lei_1264.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL N ° 1.264 DE 07 DE OUTUBRO DE 2025._x000D_
 “Denomina o ambiente do consultório de odontologia municipal como consultório Odontológico Municipal Nazir Horácio Felix”.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/442/lei_no_1.265-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.265 DE 23 DE OUTUBRO DE 2025. “Dispõe sobre a Autorização e transferência, a título de doação, do veículo VW Gol 1.0, placa PRI‑9809, ano/modelo 2019, chassi 9BWAG45U3KT112012, atualmente alocado ao Fundo Municipal de Assistência Social de Três Ranchos/GO, para incorporação ao Fundo Municipal de Saúde de Três Ranchos/GO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/443/lei_no_1.266-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.266 DE 29 DE OUTUBRO DE 2025. “Institui no Município de Três Ranchos do Estado de Goiás a Contribuição para Custeio da Iluminação Pública prevista no artigo 149-A da Constituição da República Federativa do Brasil, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/444/lei_no_1.267-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.267 DE 13 DE NOVEMBRO DE 2025._x000D_
+“Estima a Receita e fixa a Despesa do Município de Três Ranchos para o exercício de 2026, na forma que especifica”.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/445/lei_no_1.268-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.268 DE 13 DE NOVEMBRO DE 2025._x000D_
+“Dispõe sobre o Plano Plurianual para o período 2026/2029, na forma que especifi-ca”.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/446/lei_no_1.269-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.269 DE 13 DE NOVEMBRO DE 2025._x000D_
+“Dispõe sobre autorização para celebrar convênio com instituição financeira para conceder empréstimos consignados com os servidores públicos municipais ati-vos e inativos mediante desconto em folha de pagamen-to e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/447/lei_no_1.270-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.270 DE 13 DE NOVEMBRO DE 2025._x000D_
+“Declara de Utilidade Pública o terreiro de um-banda pai Joaquim de Aruanda e vovó Maria Re-donda e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.271 DE 19 DE NOVEMBRO DE 2025._x000D_
+“Dispõe sobre a denominação oficial do mirante localizado na Área de Proteção Ambiental Joa-quim Inácio Carneiro, no Município de Três Ran-chos – GO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/466/lei_no1.272-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.272 DE 17 DE DEZEMBRO DE 2025._x000D_
+“DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS AOS SERVIDORES PÚBLI-COS, AGENTES POLÍTICOS DA ADMI-NISTRAÇÃO PÚBLICA MUNICIPAL DE TRÊS RANCHOS/GOIÁS, E DÁ OU-TRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/470/lei_no1.273-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.273 DE 18 DE DEZEMBRO DE 2025._x000D_
+“Altera a Lei Orgânica do Município de Três Ranchos, Goiás, para fins de adequação previ-denciária às regras da Emenda Constitucional nº 103/2019 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/471/lei_no1.274-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.274 DE 18 DE DEZEMBRO DE 2025._x000D_
+“Institui a Reestruturação do Instituto de Previ-dência e Assistência dos Servidores do Município de Três Ranchos - GO - IPASTRE e consolida a legislação previdenciária”.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/472/lei_no_1275-2025.pdf</t>
+  </si>
+  <si>
+    <t>LEI MUNICIPAL N ° 1.275 DE 19 DE DEZEMBRO DE 2025._x000D_
+“Dispõe sobre a alteração a Lei Municipal nº 1009 de 2009 Art. 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248 e 249 acréscimos de e seus inci-sos passarão e vigorar com a seguinte redação”.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/403/01-_projeto_de_lei_que_denomina__rua.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO DRS Nº 01/2025 DE 05 DE MAIO DE 2025._x000D_
 AUTOR DO PROJETO VEREADOR:  DIOGO RIBEIRO SILVA_x000D_
 “DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO, E DA OUTRAS PROVIDENCIAS”._x000D_
 A Câmara Municipal de Três Ranchos – Goiás, no uso de suas atribuições legais aprova, e o, prefeito municipal sanciona e promulga a seguinte lei:_x000D_
 Art. 1o -   Fica denominada de Rua “MARIA CAMILO DOS SANTOS”, a rua está localizada no setor aeroporto, que confronta com a Rua Maria Romeiro Rodrigues, e finalizada na Avenida Francelina Mendes Coelho.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/414/02-_projeto_de_lei_que_denomina__rua.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO DE AUTORIA DA MESA DIRETORA Nº 02/2025 DE 26 DE MAIO DE 2025._x000D_
 “DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO, E DA OUTRAS PROVIDENCIAS”._x000D_
 A Câmara Municipal de Três Ranchos – Goiás, no uso de suas atribuições legais aprova, e o, prefeito municipal sanciona e promulga a seguinte lei:_x000D_
 Art. 1o -   Fica denominada de Rua “ALTERICO PEREIRA DA FONSECA”, o logradouro público que se inicia no lote 01 e finaliza no lote 28, localizado no loteamento conquista._x000D_
 Art. 2º - Fica denominada de travessa “CAMILA PEREIRA DA SILVA”, o logradouro público que confronta lado esquerdo com lote 01, da quadra 01, do loteamento conquista, e lado direito propriedade do Sr. Quirino Pereira Da Silva._x000D_
 Art.3º- Fica denominada de travessa “EDSON PEREIRA DA SILVA”, o logradouro público que confronta lado esquerdo com lote 11, da quadra 02, lado direito lote 10 da quadra 01, do loteamento conquista.</t>
   </si>
   <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/449/03-_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI LEGISLATIVO DE AUTORIA DO VEREADOR RICARDO GONÇALVES REZENDE Nº 03/2025 DE 27 DE OUTUBRO DE 2025._x000D_
+“Declara de Utilidade Pública o terreiro de umbanda pai Joaquim de Aruanda e vovó Maria Redonda e dá outras providências”.</t>
+  </si>
+  <si>
     <t>357</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/357/01-portaria_processo_e_compra_de_dispensa_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Portaria N° 01/2025. “Dispõe sobre o processo de dispensa para compras e serviços no âmbito da Câmara Municipal e da outra providencias. ”</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/358/02-portaria__faz_designacao_clp.pdf</t>
   </si>
   <si>
     <t>Portaria n°02/2025 “DISPÕE SOBRE A DESIGNAÇÃO DE AGENTE DE CONTRATAÇÃO, E EQUIPE DE APOIO PARA DESEMPE-NHAR AS FUNÇÕES ESSENCIAIS, INERENTE A EXECUÇÃO DA LEI Nº 14.133/2021, E SEUS REGULAMENTOS, E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>359</t>
@@ -1073,108 +1410,90 @@
   <si>
     <t>Portaria n°18/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/370/19-portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria n°19/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/371/20-portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria n°20/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.tresranchos.go.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Portaria n°21/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/373/24-portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria n°24/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/379/26-_portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria n° 26/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/380/27-_portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria n° 27/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/387/28-_portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria  28/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
-  </si>
-[...1 lines deleted...]
-    <t>30</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/388/30-_portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria 30/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/389/31-_portaria_fiscal_do_contrato.pdf</t>
   </si>
   <si>
     <t>Portaria 31/2025 “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>34</t>
   </si>
@@ -1260,50 +1579,68 @@
  “Dispõe sobre a Nomeação de Fiscal de Contratos, e dá outras providências. ”</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/428/45-portaria_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Portaria N°45/2025._x000D_
 “Dispõe Sobre Feriado Municipal, E Dá Outras Providências.”_x000D_
 O Presidente da Câmara Municipal de Três Ranchos, no uso das atribuições que lhe são conferidas, e:_x000D_
 CONSIDERANDO, que no dia 14 (quatorze) de julho do decorrente ano (segunda feira) é ferido municipal, decorrente do encerramento e entrega da coroa da festividade Nossa Senhora do Rosário;</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/429/47-portaria__feriado.pdf</t>
   </si>
   <si>
     <t>Portaria N°47/2025._x000D_
 “Dispõe Sobre Feriado Municipal E Dá Outras Providências.”_x000D_
 O Presidente da Câmara Municipal de Três Ranchos, no uso das atribuições que lhe são conferidas, e:_x000D_
 CONSIDERANDO, que no dia 15 (quinze) de agosto do decorrente ano (sexta feira) é ferido municipal comemora-se o dia de Nossa Senhora Da Abadia, padroeira da cidade de Três Ran-chos;</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/452/50-portaria_transfere_feriado.pdf</t>
+  </si>
+  <si>
+    <t>Portaria Nº. 50/2025 “Transfere o feriado em comemoração do Dia do Servidor Público no âmbito da câmara de vereadores do Município de Três Ranchos, E dá outras providências.”</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/453/51-portaria_ponto_facultativo.pdf</t>
+  </si>
+  <si>
+    <t>Portaria Nº. 51/2025. “Estabelece Ponto Facultativo no Âmbito da Câmara de Vereadores do Município de Três Ranchos, e dá Outras Providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1607,56 +1944,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/336/01-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/337/02-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/338/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/339/04-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/340/05-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/341/06-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/342/07-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/353/08_-_projeto_de_lei_08-2025_-_regulamenta_o_castramovel_-_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/354/09-_projeto_de_lei_-_politica_municipal_de_assistencia_social_-_municipio_de_tres_ranchos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei-_cartao_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/356/microsoft_word_-_09_-_projeto_de_lei_09-2025_-_regulamenta_o_cemei_josiane_alves_campos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/392/13_-_projeto_de_lei_13-2025_-_reestruturacao_-_conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/393/14_-_projeto_de_lei_14-2025_-_reestruturacao_de_cargos_temporarios.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_ldo_2025_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_de_credito_especial_16_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/419/17_-_projeto_de_lei_15-2025_-_familia_acolhedora_-_1_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/420/18_-_projeto_de_lei_18-2025_-_utilidade_publica_pro_rosario.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/435/projetode_lei_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/437/projetode_lei_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_delei_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/374/1_-_mocao_silvano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/375/2_-_mocao_de_luci.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/383/mocao_ana_maria_alves.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_ademir.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_cleria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/397/6_-_mocao_pesar_laisa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/398/7_-_mocao_pesar_onofre.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/399/8_-_mocao_pesar_domingos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento__kendy.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_divano.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/345/01-_requerimento_joao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/376/02-_requerimento_admilson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_24-03-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/404/10-_requerimento_wagner.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/405/11-_requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/406/12_-_requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/407/13_-_requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_diogo_3.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_diogo_4.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/412/07-_requerimento_wagner.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/413/17_-_requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/418/18-_requerimento_admilson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_diogo_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/422/20_-_requerimento_barcelana_-8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/430/21_-_requerimento_barcelana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/431/22_-_requerimento_diogo_22-09_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/432/23_-_requerimento_barcelana.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/346/lei_no_1.244-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/347/lei_no_1.245-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/348/lei_no1.246_-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/349/lei_no1.247-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/350/lei_no1.248-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/351/lei_no_1.249-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/352/lei_no1.250-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/377/lei_1.251__publicacao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/378/lei_municipal_no_1252-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/401/lei_municipal_no_1.253-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/400/lei_municipal_no_1.254-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/395/lei_1.255_09_deabril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/396/lei_1256.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/410/lei_no_1.258-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/415/lei_1.259.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/417/lei_1260.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/439/lei_no_1.261-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/440/lei_municipal_no_1263-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/441/lei_1264.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/403/01-_projeto_de_lei_que_denomina__rua.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/414/02-_projeto_de_lei_que_denomina__rua.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/357/01-portaria_processo_e_compra_de_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/358/02-portaria__faz_designacao_clp.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/359/port._03a_faz_designacao_tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/360/04-portaria__faz_designacao_de_servidor.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/361/06-portaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/362/port.08__vaga_de_vereador.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/363/port.09__vaga_de_vereador.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/364/12-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/365/13-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/366/15-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/367/16-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/368/17-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/369/18-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/370/19-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/371/20-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/373/24-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/379/26-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/380/27-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/387/28-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/388/30-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/389/31-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/394/34-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/402/36-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/423/38-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/424/39-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/425/40-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/426/41-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/427/42-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/428/45-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/429/47-portaria__feriado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/336/01-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/337/02-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/338/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/339/04-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/340/05-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/341/06-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/342/07-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/353/08_-_projeto_de_lei_08-2025_-_regulamenta_o_castramovel_-_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/354/09-_projeto_de_lei_-_politica_municipal_de_assistencia_social_-_municipio_de_tres_ranchos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei-_cartao_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/356/microsoft_word_-_09_-_projeto_de_lei_09-2025_-_regulamenta_o_cemei_josiane_alves_campos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/392/13_-_projeto_de_lei_13-2025_-_reestruturacao_-_conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/393/14_-_projeto_de_lei_14-2025_-_reestruturacao_de_cargos_temporarios.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_ldo_2025_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_de_credito_especial_16_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/419/17_-_projeto_de_lei_15-2025_-_familia_acolhedora_-_1_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/420/18_-_projeto_de_lei_18-2025_-_utilidade_publica_pro_rosario.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/435/projetode_lei_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/437/projetode_lei_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_delei_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/448/25_-_projeto_de_lei_25-2025_-_autoriza_doacao_de_veiculo_-_acao_social_para_saude_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_complementar_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/461/proposta_de_emenda_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/374/1_-_mocao_silvano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/375/2_-_mocao_de_luci.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/383/mocao_ana_maria_alves.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/390/mocao_ademir.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_cleria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/397/6_-_mocao_pesar_laisa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/398/7_-_mocao_pesar_onofre.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/399/8_-_mocao_pesar_domingos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/462/9_-_mocao_celma_alves.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/463/10_-_mocao_mario_lopes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento__kendy.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_divano.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/345/01-_requerimento_joao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/376/02-_requerimento_admilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_24-03-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/404/10-_requerimento_wagner.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/405/11-_requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/406/12_-_requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/407/13_-_requerimento_constancio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_diogo_3.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_diogo_4.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/412/07-_requerimento_wagner.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/413/17_-_requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_admilson_30-06_2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/465/18-_requerimento_admilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_diogo_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/422/20_-_requerimento_barcelana_-8.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/430/21_-_requerimento_barcelana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/431/22_-_requerimento_diogo_22-09_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/432/23_-_requerimento_barcelana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/450/24_requerimento_joao_b.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/451/25-_requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/346/lei_no_1.244-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/347/lei_no_1.245-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/348/lei_no1.246_-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/349/lei_no1.247-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/350/lei_no1.248-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/351/lei_no_1.249-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/352/lei_no1.250-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/377/lei_1.251__publicacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/378/lei_municipal_no_1252-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/401/lei_municipal_no_1.253-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/400/lei_municipal_no_1.254-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/395/lei_1.255_09_deabril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/396/lei_1256.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/467/lei_no_1.257-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/410/lei_no_1.258-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/415/lei_1.259.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/417/lei_1260.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/439/lei_no_1.261-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/468/lei_no1.262-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/440/lei_municipal_no_1263-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/441/lei_1264.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/442/lei_no_1.265-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/443/lei_no_1.266-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/444/lei_no_1.267-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/445/lei_no_1.268-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/446/lei_no_1.269-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/447/lei_no_1.270-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/466/lei_no1.272-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/470/lei_no1.273-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/471/lei_no1.274-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/472/lei_no_1275-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/403/01-_projeto_de_lei_que_denomina__rua.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/414/02-_projeto_de_lei_que_denomina__rua.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/449/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/357/01-portaria_processo_e_compra_de_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/358/02-portaria__faz_designacao_clp.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/359/port._03a_faz_designacao_tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/360/04-portaria__faz_designacao_de_servidor.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/361/06-portaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/362/port.08__vaga_de_vereador.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/363/port.09__vaga_de_vereador.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/364/12-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/365/13-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/366/15-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/367/16-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/368/17-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/369/18-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/370/19-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/371/20-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/373/24-portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/379/26-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/380/27-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/387/28-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/388/30-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/389/31-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/394/34-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/402/36-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/423/38-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/424/39-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/425/40-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/426/41-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/427/42-_portaria_fiscal_do_contrato.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/428/45-portaria_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/429/47-portaria__feriado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/452/50-portaria_transfere_feriado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tresranchos.go.leg.br/media/sapl/public/materialegislativa/2025/453/51-portaria_ponto_facultativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H106"/>
+  <dimension ref="A1:H135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="163.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2234,2189 +2571,2943 @@
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H23" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>105</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>102</v>
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H25" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D26" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H26" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>112</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>116</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H28" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="D29" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="E30" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="F30" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>106</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="E31" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F31" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H31" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E32" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E33" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>21</v>
       </c>
       <c r="D34" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E34" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
-        <v>133</v>
+        <v>135</v>
+      </c>
+      <c r="F35" t="s">
+        <v>146</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>29</v>
       </c>
       <c r="D36" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F36" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>33</v>
       </c>
       <c r="D37" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>37</v>
       </c>
       <c r="D38" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E38" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F38" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E39" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F39" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="H39" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>45</v>
       </c>
       <c r="D40" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E40" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F40" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>49</v>
       </c>
       <c r="D41" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E41" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F41" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H41" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E42" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F42" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
         <v>170</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F43" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="H43" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D44" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E44" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>179</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E45" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>171</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D46" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E46" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F46" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D47" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E47" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F47" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E48" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F48" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H48" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E49" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F49" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="H49" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="D50" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E50" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F50" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H50" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="D51" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E51" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F51" t="s">
-        <v>113</v>
+        <v>201</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="H51" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="D52" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E52" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F52" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="H52" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>93</v>
+        <v>208</v>
       </c>
       <c r="D53" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E53" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F53" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="H53" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="E54" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="F54" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="H54" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>61</v>
       </c>
       <c r="D55" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E55" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H55" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>213</v>
+        <v>65</v>
       </c>
       <c r="D56" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E56" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H56" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>217</v>
+        <v>69</v>
       </c>
       <c r="D57" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E57" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>201</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="H57" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>221</v>
+        <v>73</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E58" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H58" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>225</v>
+        <v>77</v>
       </c>
       <c r="D59" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E59" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H59" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>229</v>
+        <v>81</v>
       </c>
       <c r="D60" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E60" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>230</v>
       </c>
       <c r="H60" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>232</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
+        <v>85</v>
+      </c>
+      <c r="D61" t="s">
+        <v>170</v>
+      </c>
+      <c r="E61" t="s">
+        <v>171</v>
+      </c>
+      <c r="F61" t="s">
+        <v>126</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>235</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>89</v>
+      </c>
+      <c r="D62" t="s">
+        <v>170</v>
+      </c>
+      <c r="E62" t="s">
+        <v>171</v>
+      </c>
+      <c r="F62" t="s">
+        <v>146</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="H62" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>93</v>
+      </c>
+      <c r="D63" t="s">
+        <v>170</v>
+      </c>
+      <c r="E63" t="s">
+        <v>171</v>
+      </c>
+      <c r="F63" t="s">
+        <v>126</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H63" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>245</v>
+        <v>97</v>
       </c>
       <c r="D64" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E64" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="H64" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D65" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E65" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E66" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="H66" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>257</v>
+        <v>105</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E67" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="H67" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D68" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E68" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F68" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="H68" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D69" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E69" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="H69" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E70" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="H70" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D71" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E71" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H71" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D72" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E72" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="H72" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D73" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="E73" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H73" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>281</v>
       </c>
       <c r="D74" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
       <c r="E74" t="s">
-        <v>286</v>
+        <v>257</v>
       </c>
       <c r="F74" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="H74" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>17</v>
+        <v>285</v>
       </c>
       <c r="D75" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
       <c r="E75" t="s">
+        <v>257</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="F75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H75" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>289</v>
       </c>
       <c r="D76" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E76" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F76" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="H76" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="D77" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E77" t="s">
+        <v>257</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H77" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="D78" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E78" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F78" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="H78" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>300</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>301</v>
+      </c>
+      <c r="D79" t="s">
+        <v>256</v>
+      </c>
+      <c r="E79" t="s">
+        <v>257</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H79" t="s">
         <v>303</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>304</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>305</v>
+      </c>
+      <c r="D80" t="s">
+        <v>256</v>
+      </c>
+      <c r="E80" t="s">
+        <v>257</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B80" t="s">
-[...14 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>308</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>309</v>
       </c>
-      <c r="B81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E81" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F81" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H81" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>312</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>45</v>
+        <v>313</v>
       </c>
       <c r="D82" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E82" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F82" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H82" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>170</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E83" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F83" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H83" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>57</v>
+        <v>321</v>
       </c>
       <c r="D84" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E84" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F84" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H84" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>65</v>
+        <v>325</v>
       </c>
       <c r="D85" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E85" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F85" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H85" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>69</v>
+        <v>329</v>
       </c>
       <c r="D86" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E86" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F86" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>73</v>
+        <v>333</v>
       </c>
       <c r="D87" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E87" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F87" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>77</v>
+        <v>337</v>
       </c>
       <c r="D88" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E88" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F88" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>81</v>
+        <v>341</v>
       </c>
       <c r="D89" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E89" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F89" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>85</v>
+        <v>345</v>
       </c>
       <c r="D90" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E90" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F90" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>89</v>
+        <v>349</v>
       </c>
       <c r="D91" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E91" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F91" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="D92" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E92" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F92" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="H92" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="D93" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E93" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F93" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="H93" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="D94" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E94" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F94" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="H94" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="D95" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E95" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F95" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>356</v>
+        <v>106</v>
       </c>
       <c r="H95" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="D96" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E96" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F96" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="H96" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="D97" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E97" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F97" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="H97" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="D98" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E98" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F98" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="H98" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="D99" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="E99" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="F99" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="H99" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>375</v>
+        <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>293</v>
+        <v>384</v>
       </c>
       <c r="E100" t="s">
-        <v>294</v>
+        <v>385</v>
       </c>
       <c r="F100" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H100" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>379</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>293</v>
+        <v>384</v>
       </c>
       <c r="E101" t="s">
-        <v>294</v>
+        <v>385</v>
       </c>
       <c r="F101" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="H101" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>383</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
-        <v>293</v>
+        <v>384</v>
       </c>
       <c r="E102" t="s">
-        <v>294</v>
+        <v>385</v>
       </c>
       <c r="F102" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="H102" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>207</v>
+        <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>293</v>
+        <v>395</v>
       </c>
       <c r="E103" t="s">
-        <v>294</v>
+        <v>396</v>
       </c>
       <c r="F103" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="H103" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>213</v>
+        <v>17</v>
       </c>
       <c r="D104" t="s">
-        <v>293</v>
+        <v>395</v>
       </c>
       <c r="E104" t="s">
-        <v>294</v>
+        <v>396</v>
       </c>
       <c r="F104" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="H104" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="D105" t="s">
-        <v>293</v>
+        <v>395</v>
       </c>
       <c r="E105" t="s">
-        <v>294</v>
+        <v>396</v>
       </c>
       <c r="F105" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="H105" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>405</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D106" t="s">
         <v>395</v>
       </c>
-      <c r="B106" t="s">
-[...5 lines deleted...]
-      <c r="D106" t="s">
+      <c r="E106" t="s">
+        <v>396</v>
+      </c>
+      <c r="F106" t="s">
+        <v>126</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H106" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>408</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>33</v>
+      </c>
+      <c r="D107" t="s">
+        <v>395</v>
+      </c>
+      <c r="E107" t="s">
+        <v>396</v>
+      </c>
+      <c r="F107" t="s">
+        <v>126</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H107" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>411</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>41</v>
+      </c>
+      <c r="D108" t="s">
+        <v>395</v>
+      </c>
+      <c r="E108" t="s">
+        <v>396</v>
+      </c>
+      <c r="F108" t="s">
+        <v>126</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H108" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>414</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>45</v>
+      </c>
+      <c r="D109" t="s">
+        <v>395</v>
+      </c>
+      <c r="E109" t="s">
+        <v>396</v>
+      </c>
+      <c r="F109" t="s">
+        <v>126</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H109" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>417</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>208</v>
+      </c>
+      <c r="D110" t="s">
+        <v>395</v>
+      </c>
+      <c r="E110" t="s">
+        <v>396</v>
+      </c>
+      <c r="F110" t="s">
+        <v>126</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H110" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>420</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>57</v>
+      </c>
+      <c r="D111" t="s">
+        <v>395</v>
+      </c>
+      <c r="E111" t="s">
+        <v>396</v>
+      </c>
+      <c r="F111" t="s">
+        <v>126</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H111" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>423</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>65</v>
+      </c>
+      <c r="D112" t="s">
+        <v>395</v>
+      </c>
+      <c r="E112" t="s">
+        <v>396</v>
+      </c>
+      <c r="F112" t="s">
+        <v>126</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H112" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>426</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>69</v>
+      </c>
+      <c r="D113" t="s">
+        <v>395</v>
+      </c>
+      <c r="E113" t="s">
+        <v>396</v>
+      </c>
+      <c r="F113" t="s">
+        <v>126</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H113" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>429</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>73</v>
+      </c>
+      <c r="D114" t="s">
+        <v>395</v>
+      </c>
+      <c r="E114" t="s">
+        <v>396</v>
+      </c>
+      <c r="F114" t="s">
+        <v>126</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H114" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>432</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>77</v>
+      </c>
+      <c r="D115" t="s">
+        <v>395</v>
+      </c>
+      <c r="E115" t="s">
+        <v>396</v>
+      </c>
+      <c r="F115" t="s">
+        <v>126</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H115" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>435</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>81</v>
+      </c>
+      <c r="D116" t="s">
+        <v>395</v>
+      </c>
+      <c r="E116" t="s">
+        <v>396</v>
+      </c>
+      <c r="F116" t="s">
+        <v>126</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H116" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>438</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>85</v>
+      </c>
+      <c r="D117" t="s">
+        <v>395</v>
+      </c>
+      <c r="E117" t="s">
+        <v>396</v>
+      </c>
+      <c r="F117" t="s">
+        <v>126</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H117" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>441</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>89</v>
+      </c>
+      <c r="D118" t="s">
+        <v>395</v>
+      </c>
+      <c r="E118" t="s">
+        <v>396</v>
+      </c>
+      <c r="F118" t="s">
+        <v>126</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H118" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>443</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>245</v>
+      </c>
+      <c r="D119" t="s">
+        <v>395</v>
+      </c>
+      <c r="E119" t="s">
+        <v>396</v>
+      </c>
+      <c r="F119" t="s">
+        <v>126</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H119" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>446</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>105</v>
+      </c>
+      <c r="D120" t="s">
+        <v>395</v>
+      </c>
+      <c r="E120" t="s">
+        <v>396</v>
+      </c>
+      <c r="F120" t="s">
+        <v>126</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H120" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>449</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>109</v>
+      </c>
+      <c r="D121" t="s">
+        <v>395</v>
+      </c>
+      <c r="E121" t="s">
+        <v>396</v>
+      </c>
+      <c r="F121" t="s">
+        <v>126</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H121" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>452</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>112</v>
+      </c>
+      <c r="D122" t="s">
+        <v>395</v>
+      </c>
+      <c r="E122" t="s">
+        <v>396</v>
+      </c>
+      <c r="F122" t="s">
+        <v>126</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H122" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>455</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>120</v>
+      </c>
+      <c r="D123" t="s">
+        <v>395</v>
+      </c>
+      <c r="E123" t="s">
+        <v>396</v>
+      </c>
+      <c r="F123" t="s">
+        <v>126</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H123" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>458</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>459</v>
+      </c>
+      <c r="D124" t="s">
+        <v>395</v>
+      </c>
+      <c r="E124" t="s">
+        <v>396</v>
+      </c>
+      <c r="F124" t="s">
+        <v>126</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H124" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>462</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>463</v>
+      </c>
+      <c r="D125" t="s">
+        <v>395</v>
+      </c>
+      <c r="E125" t="s">
+        <v>396</v>
+      </c>
+      <c r="F125" t="s">
+        <v>126</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H125" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>466</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>467</v>
+      </c>
+      <c r="D126" t="s">
+        <v>395</v>
+      </c>
+      <c r="E126" t="s">
+        <v>396</v>
+      </c>
+      <c r="F126" t="s">
+        <v>126</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H126" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>470</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>471</v>
+      </c>
+      <c r="D127" t="s">
+        <v>395</v>
+      </c>
+      <c r="E127" t="s">
+        <v>396</v>
+      </c>
+      <c r="F127" t="s">
+        <v>126</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H127" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>474</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>475</v>
+      </c>
+      <c r="D128" t="s">
+        <v>395</v>
+      </c>
+      <c r="E128" t="s">
+        <v>396</v>
+      </c>
+      <c r="F128" t="s">
+        <v>126</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H128" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>478</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>479</v>
+      </c>
+      <c r="D129" t="s">
+        <v>395</v>
+      </c>
+      <c r="E129" t="s">
+        <v>396</v>
+      </c>
+      <c r="F129" t="s">
+        <v>126</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H129" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>482</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>255</v>
+      </c>
+      <c r="D130" t="s">
+        <v>395</v>
+      </c>
+      <c r="E130" t="s">
+        <v>396</v>
+      </c>
+      <c r="F130" t="s">
+        <v>126</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H130" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>485</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>261</v>
+      </c>
+      <c r="D131" t="s">
+        <v>395</v>
+      </c>
+      <c r="E131" t="s">
+        <v>396</v>
+      </c>
+      <c r="F131" t="s">
+        <v>126</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H131" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>488</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>273</v>
+      </c>
+      <c r="D132" t="s">
+        <v>395</v>
+      </c>
+      <c r="E132" t="s">
+        <v>396</v>
+      </c>
+      <c r="F132" t="s">
+        <v>126</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H132" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>491</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>281</v>
+      </c>
+      <c r="D133" t="s">
+        <v>395</v>
+      </c>
+      <c r="E133" t="s">
+        <v>396</v>
+      </c>
+      <c r="F133" t="s">
+        <v>126</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H133" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>494</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>293</v>
       </c>
-      <c r="E106" t="s">
-[...5 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="D134" t="s">
+        <v>395</v>
+      </c>
+      <c r="E134" t="s">
         <v>396</v>
       </c>
-      <c r="H106" t="s">
-        <v>397</v>
+      <c r="F134" t="s">
+        <v>126</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H134" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>497</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>297</v>
+      </c>
+      <c r="D135" t="s">
+        <v>395</v>
+      </c>
+      <c r="E135" t="s">
+        <v>396</v>
+      </c>
+      <c r="F135" t="s">
+        <v>126</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H135" t="s">
+        <v>499</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4482,50 +5573,79 @@
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>